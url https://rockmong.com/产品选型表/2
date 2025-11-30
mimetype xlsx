--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,112 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-105" yWindow="-105" windowWidth="22620" windowHeight="13500" tabRatio="600" firstSheet="0" activeTab="1" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="600" firstSheet="0" activeTab="1" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="通用控制" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="隔离控制" sheetId="2" state="visible" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="122211" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <name val="宋体"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="宋体"/>
       <charset val="134"/>
       <family val="3"/>
       <sz val="9"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="宋体"/>
       <charset val="134"/>
       <family val="3"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="18"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="宋体"/>
       <charset val="134"/>
       <family val="3"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="20"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -155,89 +150,83 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -704,98 +693,98 @@
       <blipFill>
         <a:blip r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="749300" y="4533900"/>
           <a:ext cx="1517650" cy="1517650"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>38100</colOff>
-      <row>8</row>
+      <row>7</row>
       <rowOff>76200</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>1511300</colOff>
-      <row>8</row>
+      <row>7</row>
       <rowOff>1549400</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="9" name="图片 8"/>
         <cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="768350" y="9404350"/>
           <a:ext cx="1473200" cy="1473200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>30291</colOff>
-      <row>10</row>
+      <row>9</row>
       <rowOff>63500</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>1504951</colOff>
-      <row>10</row>
+      <row>9</row>
       <rowOff>1502445</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="13" name="图片 12"/>
         <cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="760541" y="12630150"/>
           <a:ext cx="1474660" cy="1438945"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -827,132 +816,132 @@
       <blipFill>
         <a:blip r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="892174" y="6127749"/>
           <a:ext cx="1177926" cy="1570568"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>38100</colOff>
-      <row>9</row>
+      <row>8</row>
       <rowOff>163802</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>1496650</colOff>
-      <row>9</row>
+      <row>8</row>
       <rowOff>1454150</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="4" name="图片 3"/>
         <cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="768350" y="11111202"/>
           <a:ext cx="1458550" cy="1290348"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -980,51 +969,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1164,108 +1153,108 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M10"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+    <sheetView showGridLines="0" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <cols>
     <col width="12.875" customWidth="1" min="1" max="1"/>
     <col width="19" customWidth="1" min="2" max="2"/>
     <col width="23" customWidth="1" min="3" max="3"/>
     <col width="14.625" customWidth="1" min="4" max="4"/>
     <col width="19.25" bestFit="1" customWidth="1" style="3" min="5" max="5"/>
     <col width="23.375" customWidth="1" style="3" min="6" max="6"/>
     <col width="19.25" bestFit="1" customWidth="1" style="3" min="7" max="7"/>
     <col width="17.25" bestFit="1" customWidth="1" style="1" min="8" max="9"/>
     <col width="22.625" bestFit="1" customWidth="1" style="1" min="10" max="11"/>
     <col width="11.125" customWidth="1" style="1" min="12" max="12"/>
     <col width="15.125" bestFit="1" customWidth="1" style="1" min="13" max="13"/>
   </cols>
   <sheetData>
     <row r="1" ht="30" customHeight="1">
-      <c r="A1" s="10" t="inlineStr">
+      <c r="A1" s="8" t="inlineStr">
         <is>
           <t>通用控制</t>
         </is>
       </c>
-      <c r="B1" s="14" t="n"/>
-[...10 lines deleted...]
-      <c r="M1" s="15" t="n"/>
+      <c r="B1" s="12" t="n"/>
+      <c r="C1" s="12" t="n"/>
+      <c r="D1" s="12" t="n"/>
+      <c r="E1" s="12" t="n"/>
+      <c r="F1" s="12" t="n"/>
+      <c r="G1" s="12" t="n"/>
+      <c r="H1" s="12" t="n"/>
+      <c r="I1" s="12" t="n"/>
+      <c r="J1" s="12" t="n"/>
+      <c r="K1" s="12" t="n"/>
+      <c r="L1" s="12" t="n"/>
+      <c r="M1" s="13" t="n"/>
     </row>
     <row r="2" ht="30" customHeight="1">
-      <c r="A2" s="11" t="inlineStr">
+      <c r="A2" s="9" t="inlineStr">
         <is>
           <t>描述：小信号IO读写。电压1.8~5V，电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
-      <c r="B2" s="14" t="n"/>
-[...10 lines deleted...]
-      <c r="M2" s="15" t="n"/>
+      <c r="B2" s="12" t="n"/>
+      <c r="C2" s="12" t="n"/>
+      <c r="D2" s="12" t="n"/>
+      <c r="E2" s="12" t="n"/>
+      <c r="F2" s="12" t="n"/>
+      <c r="G2" s="12" t="n"/>
+      <c r="H2" s="12" t="n"/>
+      <c r="I2" s="12" t="n"/>
+      <c r="J2" s="12" t="n"/>
+      <c r="K2" s="12" t="n"/>
+      <c r="L2" s="12" t="n"/>
+      <c r="M2" s="13" t="n"/>
     </row>
     <row r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>型号</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>产品图片</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>描述</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>通信接口</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>通用IO口数量</t>
@@ -1297,51 +1286,51 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>DAC（模拟量输出）数量</t>
         </is>
       </c>
       <c r="L3" s="4" t="inlineStr">
         <is>
           <t>串口数量</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>脉冲计数器数量</t>
         </is>
       </c>
     </row>
     <row r="4" ht="78" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>RM1000</t>
         </is>
       </c>
       <c r="B4" s="2" t="n"/>
-      <c r="C4" s="9" t="inlineStr">
+      <c r="C4" s="7" t="inlineStr">
         <is>
           <t>16路GPIO。电压3.3V，电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E4" s="4" t="n">
         <v>16</v>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>3.3V</t>
         </is>
       </c>
       <c r="G4" s="4" t="n">
         <v>3</v>
       </c>
       <c r="H4" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
@@ -1354,51 +1343,51 @@
         <v>8</v>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L4" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
     <row r="5" ht="78" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>RM1000-带壳</t>
         </is>
       </c>
       <c r="B5" s="2" t="n"/>
-      <c r="C5" s="9" t="inlineStr">
+      <c r="C5" s="7" t="inlineStr">
         <is>
           <t>16路GPIO。电压3.3V，电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E5" s="4" t="n">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>3.3V</t>
         </is>
       </c>
       <c r="G5" s="4" t="n">
         <v>3</v>
       </c>
       <c r="H5" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
@@ -1411,51 +1400,51 @@
         <v>8</v>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L5" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
     <row r="6" ht="78" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>RM1010</t>
         </is>
       </c>
       <c r="B6" s="2" t="n"/>
-      <c r="C6" s="9" t="inlineStr">
+      <c r="C6" s="7" t="inlineStr">
         <is>
           <t>16路GPIO。默认电压5V，可软件配置3.3V。电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E6" s="4" t="n">
         <v>16</v>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>5V、3.3V（软件设置）</t>
         </is>
       </c>
       <c r="G6" s="4" t="n">
         <v>3</v>
       </c>
       <c r="H6" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
@@ -1468,51 +1457,51 @@
         <v>8</v>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L6" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
     <row r="7" ht="78" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>RM1010-带壳</t>
         </is>
       </c>
       <c r="B7" s="2" t="n"/>
-      <c r="C7" s="9" t="inlineStr">
+      <c r="C7" s="7" t="inlineStr">
         <is>
           <t>16路GPIO。默认电压5V，可软件配置3.3V。电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E7" s="4" t="n">
         <v>16</v>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>5V、3.3V（软件设置）</t>
         </is>
       </c>
       <c r="G7" s="4" t="n">
         <v>3</v>
       </c>
       <c r="H7" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
@@ -1525,98 +1514,98 @@
         <v>8</v>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L7" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
     <row r="8" ht="78" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>RM1090</t>
         </is>
       </c>
       <c r="B8" s="2" t="n"/>
-      <c r="C8" s="9" t="inlineStr">
+      <c r="C8" s="7" t="inlineStr">
         <is>
           <t>16路GPIO。电压1.8~5V，电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>USB串口</t>
         </is>
       </c>
       <c r="E8" s="4" t="n">
         <v>16</v>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>1.8~5V（外接电源）</t>
         </is>
       </c>
       <c r="G8" s="4" t="n">
         <v>3</v>
       </c>
       <c r="H8" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I8" s="4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J8" s="4" t="n">
         <v>8</v>
       </c>
       <c r="K8" s="4" t="n">
         <v>1</v>
       </c>
       <c r="L8" s="4" t="n">
         <v>1</v>
       </c>
       <c r="M8" s="4" t="n">
         <v>8</v>
       </c>
     </row>
     <row r="9" ht="78" customHeight="1">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>RM1332</t>
         </is>
       </c>
       <c r="B9" s="2" t="n"/>
-      <c r="C9" s="9" t="inlineStr">
+      <c r="C9" s="7" t="inlineStr">
         <is>
           <t>32路GPIO。电压3.3V，电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E9" s="4" t="n">
         <v>32</v>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>3.3V</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="H9" s="4" t="inlineStr">
         <is>
           <t>×</t>
@@ -1633,560 +1622,449 @@
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L9" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
     <row r="10" ht="78" customHeight="1">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>RM1380</t>
         </is>
       </c>
       <c r="B10" s="2" t="n"/>
-      <c r="C10" s="9" t="inlineStr">
+      <c r="C10" s="7" t="inlineStr">
         <is>
           <t>80路GPIO。默认电压5V，可软件配置3.3V。电流最大10mA。每路可独立配置为输入或输出。</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E10" s="4" t="n">
         <v>80</v>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>5V、3.3V（软件设置）</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="H10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="L10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
-        <is>
-[...59 lines deleted...]
-      <c r="M11" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A1:M1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" paperSize="9"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
-    <sheetView topLeftCell="A19" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <cols>
     <col width="10.5" customWidth="1" min="1" max="1"/>
     <col width="22.125" customWidth="1" min="2" max="3"/>
     <col width="14.75" bestFit="1" customWidth="1" min="4" max="4"/>
     <col width="19.25" bestFit="1" customWidth="1" min="5" max="5"/>
     <col width="17.25" bestFit="1" customWidth="1" min="6" max="7"/>
     <col width="15.125" bestFit="1" customWidth="1" min="8" max="8"/>
   </cols>
   <sheetData>
     <row r="1" ht="22.5" customHeight="1">
-      <c r="A1" s="12" t="inlineStr">
+      <c r="A1" s="10" t="inlineStr">
         <is>
           <t>隔离控制</t>
         </is>
       </c>
-      <c r="B1" s="14" t="n"/>
-[...5 lines deleted...]
-      <c r="H1" s="15" t="n"/>
+      <c r="B1" s="12" t="n"/>
+      <c r="C1" s="12" t="n"/>
+      <c r="D1" s="12" t="n"/>
+      <c r="E1" s="12" t="n"/>
+      <c r="F1" s="12" t="n"/>
+      <c r="G1" s="12" t="n"/>
+      <c r="H1" s="13" t="n"/>
     </row>
     <row r="2" ht="60" customHeight="1">
-      <c r="A2" s="13" t="inlineStr">
+      <c r="A2" s="11" t="inlineStr">
         <is>
           <t>描述：大电压大电流IO控制。内部有光耦隔离。
 晶体管款输入输出电压7~30V，输出电流最大3A。
 继电器款输入电压7~30V，输出5A@30VDC； 5A@250VAC； 10A@125VAC；</t>
         </is>
       </c>
-      <c r="B2" s="14" t="n"/>
-[...5 lines deleted...]
-      <c r="H2" s="15" t="n"/>
+      <c r="B2" s="12" t="n"/>
+      <c r="C2" s="12" t="n"/>
+      <c r="D2" s="12" t="n"/>
+      <c r="E2" s="12" t="n"/>
+      <c r="F2" s="12" t="n"/>
+      <c r="G2" s="12" t="n"/>
+      <c r="H2" s="13" t="n"/>
     </row>
     <row r="3">
-      <c r="A3" s="7" t="inlineStr">
+      <c r="A3" s="6" t="inlineStr">
         <is>
           <t>型号</t>
         </is>
       </c>
-      <c r="B3" s="7" t="inlineStr">
+      <c r="B3" s="6" t="inlineStr">
         <is>
           <t>产品图片</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>描述</t>
         </is>
       </c>
-      <c r="D3" s="7" t="inlineStr">
+      <c r="D3" s="6" t="inlineStr">
         <is>
           <t>通信接口</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>光耦隔离输入口数量</t>
         </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t>晶体管输出口数量</t>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t>继电器输出口数量</t>
         </is>
       </c>
       <c r="H3" s="4" t="inlineStr">
         <is>
           <t>脉冲计数器数量</t>
         </is>
       </c>
     </row>
     <row r="4" ht="127.5" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>RM1604</t>
         </is>
       </c>
       <c r="B4" s="2" t="n"/>
-      <c r="C4" s="9" t="inlineStr">
+      <c r="C4" s="7" t="inlineStr">
         <is>
           <t>4入4出晶体管版本。
 输入输出电压7~30V，输出电流最大3A。
 输入输出类型为NPN。</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E4" s="4" t="n">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="n">
         <v>4</v>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="H4" s="4" t="n"/>
     </row>
     <row r="5" ht="127.5" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>RM1608</t>
         </is>
       </c>
       <c r="B5" s="2" t="n"/>
-      <c r="C5" s="9" t="inlineStr">
+      <c r="C5" s="7" t="inlineStr">
         <is>
           <t>8入8出晶体管版本。
 输入输出电压7~30V，输出电流最大3A。
 输入输出类型为NPN。</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E5" s="4" t="n">
         <v>8</v>
       </c>
       <c r="F5" s="4" t="n">
         <v>8</v>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="H5" s="4" t="n"/>
     </row>
     <row r="6" ht="127.5" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>RM1616</t>
         </is>
       </c>
       <c r="B6" s="2" t="n"/>
-      <c r="C6" s="9" t="inlineStr">
+      <c r="C6" s="7" t="inlineStr">
         <is>
           <t>16入16出晶体管版本。
 输入输出电压7~30V，输出电流最大3A。
 输入支持NPN和PNP。
 输出类型为NPN。</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E6" s="4" t="n">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F6" s="4" t="n">
         <v>16</v>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="H6" s="4" t="n"/>
     </row>
     <row r="7" ht="127.5" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>RM1702</t>
         </is>
       </c>
       <c r="B7" s="2" t="n"/>
-      <c r="C7" s="9" t="inlineStr">
+      <c r="C7" s="7" t="inlineStr">
         <is>
           <t>2入2出继电器版本。
 输入电压7~30V，类型支持NPN和PNP。
 输出为继电器：5A@30VDC； 5A@250VAC； 10A@125VAC；</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
       <c r="E7" s="4" t="n">
         <v>2</v>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
       <c r="G7" s="4" t="n">
         <v>2</v>
       </c>
       <c r="H7" s="4" t="n"/>
     </row>
     <row r="8" ht="127.5" customHeight="1">
-      <c r="A8" s="8" t="inlineStr">
-[...7 lines deleted...]
-          <t>4入4出继电器版本。
+      <c r="A8" s="2" t="inlineStr">
+        <is>
+          <t>RM1708</t>
+        </is>
+      </c>
+      <c r="B8" s="2" t="n"/>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>8入8出继电器版本。
 输入电压7~30V，类型支持NPN和PNP。
 输出为继电器：5A@30VDC； 5A@250VAC； 10A@125VAC；</t>
         </is>
       </c>
-      <c r="D8" s="8" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>USB</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...10 lines deleted...]
-      <c r="H8" s="6" t="n"/>
+      <c r="E8" s="4" t="n">
+        <v>8</v>
+      </c>
+      <c r="F8" s="4" t="inlineStr">
+        <is>
+          <t>×</t>
+        </is>
+      </c>
+      <c r="G8" s="4" t="n">
+        <v>8</v>
+      </c>
+      <c r="H8" s="4" t="n"/>
     </row>
     <row r="9" ht="127.5" customHeight="1">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>RM1708</t>
+          <t>RM1808</t>
         </is>
       </c>
       <c r="B9" s="2" t="n"/>
-      <c r="C9" s="9" t="inlineStr">
-[...5 lines deleted...]
-      </c>
+      <c r="C9" s="2" t="n"/>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>USB</t>
+          <t>USB+RS232串口</t>
         </is>
       </c>
       <c r="E9" s="4" t="n">
         <v>8</v>
       </c>
-      <c r="F9" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" s="4" t="n">
+      <c r="F9" s="4" t="n">
         <v>8</v>
+      </c>
+      <c r="G9" s="4" t="inlineStr">
+        <is>
+          <t>×</t>
+        </is>
       </c>
       <c r="H9" s="4" t="n"/>
     </row>
     <row r="10" ht="127.5" customHeight="1">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>RM1808</t>
+          <t>RM5604</t>
         </is>
       </c>
       <c r="B10" s="2" t="n"/>
       <c r="C10" s="2" t="n"/>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>USB+RS232串口</t>
+          <t>RJ45网口</t>
         </is>
       </c>
       <c r="E10" s="4" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F10" s="4" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>×</t>
         </is>
       </c>
-      <c r="H10" s="4" t="n"/>
-[...14 lines deleted...]
-      <c r="E11" s="4" t="n">
+      <c r="H10" s="4" t="n">
         <v>4</v>
       </c>
-      <c r="F11" s="4" t="n">
-[...35 lines deleted...]
-      <c r="H12" s="6" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+  <property name="EM_Doc_Temp_ID" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2">
+    <vt:lpwstr>D313D241-3AD4-4140-8EEF-C7F3E2FB85DF</vt:lpwstr>
+  </property>
+</Properties>
+</file>